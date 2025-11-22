--- v0 (2025-10-14)
+++ v1 (2025-11-22)
@@ -385,51 +385,51 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="leftRight"/>
     </w:pPr>
     <w:r>
       <w:rPr/>
-      <w:t xml:space="preserve">CO:RE Evidence Base	Downloaded on 14 Oct 2025</w:t>
+      <w:t xml:space="preserve">CO:RE Evidence Base	Downloaded on 22 Nov 2025</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr/>
       <w:t xml:space="preserve">Publication</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>